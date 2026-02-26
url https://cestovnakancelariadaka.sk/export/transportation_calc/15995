--- v0 (2026-01-10)
+++ v1 (2026-02-26)
@@ -24,51 +24,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>260913HR69</t>
   </si>
   <si>
     <t>Sprievodca:</t>
   </si>
   <si>
     <t>??? ???</t>
   </si>
   <si>
-    <t>0/36</t>
+    <t>0/24</t>
   </si>
   <si>
     <t>VYÚČTOVANIE PREPRAVY</t>
   </si>
   <si>
     <t>Vodič:</t>
   </si>
   <si>
     <t>ŠPZ:</t>
   </si>
   <si>
     <t>CKDAKAK</t>
   </si>
   <si>
     <t>Cieľ cesty:</t>
   </si>
   <si>
     <t>Dátum a čas odchodu:</t>
   </si>
   <si>
     <t xml:space="preserve"> Dátum  príchodu:</t>
   </si>
   <si>
     <t>Týždeň na Krku s dopravou a polpenziou - hotel Adriatic 2*</t>
   </si>
@@ -120,51 +120,51 @@
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Parkovné a vstupy</t>
   </si>
   <si>
     <t>miesto</t>
   </si>
   <si>
     <t>Prevzatá suma</t>
   </si>
   <si>
     <t>Vrátená suma po jazde</t>
   </si>
   <si>
     <t>Iné výdavky</t>
   </si>
   <si>
     <t>dátum ...........................................................</t>
   </si>
   <si>
     <t>podpis vodiča .................................................</t>
   </si>
   <si>
-    <t>10.01.2026 03:20:41</t>
+    <t>26.02.2026 02:58:09</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pokyny pre šoférov:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">