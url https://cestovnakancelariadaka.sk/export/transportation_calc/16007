--- v0 (2026-01-10)
+++ v1 (2026-02-26)
@@ -120,51 +120,51 @@
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Parkovné a vstupy</t>
   </si>
   <si>
     <t>miesto</t>
   </si>
   <si>
     <t>Prevzatá suma</t>
   </si>
   <si>
     <t>Vrátená suma po jazde</t>
   </si>
   <si>
     <t>Iné výdavky</t>
   </si>
   <si>
     <t>dátum ...........................................................</t>
   </si>
   <si>
     <t>podpis vodiča .................................................</t>
   </si>
   <si>
-    <t>10.01.2026 03:17:37</t>
+    <t>26.02.2026 02:55:35</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pokyny pre šoférov:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">