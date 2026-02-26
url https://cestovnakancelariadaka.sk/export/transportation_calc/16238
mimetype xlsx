--- v0 (2026-01-10)
+++ v1 (2026-02-26)
@@ -13,73 +13,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Table 1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>261213HU51</t>
   </si>
   <si>
     <t>Sprievodca:</t>
   </si>
   <si>
     <t>??? ???</t>
   </si>
   <si>
     <t>0/45</t>
   </si>
   <si>
     <t>VYÚČTOVANIE PREPRAVY</t>
   </si>
   <si>
     <t>Vodič:</t>
   </si>
   <si>
     <t>ŠPZ:</t>
   </si>
   <si>
+    <t>CKDAKA0</t>
+  </si>
+  <si>
     <t>Cieľ cesty:</t>
   </si>
   <si>
     <t>Dátum a čas odchodu:</t>
   </si>
   <si>
     <t xml:space="preserve"> Dátum  príchodu:</t>
   </si>
   <si>
     <t>2-dňový adventný zájazd do Budapešti</t>
   </si>
   <si>
     <t>12.12.2026, 07:00</t>
   </si>
   <si>
     <t>13.12.2026</t>
   </si>
   <si>
     <t>Ubehnute km spolu</t>
   </si>
   <si>
     <t xml:space="preserve">Stav počítadla pred jazdou          </t>
   </si>
   <si>
     <t xml:space="preserve"> Stav počítadla po jazde</t>
@@ -117,51 +120,51 @@
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Parkovné a vstupy</t>
   </si>
   <si>
     <t>miesto</t>
   </si>
   <si>
     <t>Prevzatá suma</t>
   </si>
   <si>
     <t>Vrátená suma po jazde</t>
   </si>
   <si>
     <t>Iné výdavky</t>
   </si>
   <si>
     <t>dátum ...........................................................</t>
   </si>
   <si>
     <t>podpis vodiča .................................................</t>
   </si>
   <si>
-    <t>10.01.2026 03:21:37</t>
+    <t>26.02.2026 02:56:58</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pokyny pre šoférov:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">
@@ -1343,146 +1346,148 @@
       <c r="I3" s="52"/>
     </row>
     <row r="4" spans="1:10" customHeight="1" ht="13.15" s="9" customFormat="1">
       <c r="A4" s="21"/>
       <c r="B4" s="22"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22"/>
       <c r="E4" s="22"/>
       <c r="F4" s="22"/>
       <c r="G4" s="22"/>
       <c r="H4" s="22"/>
       <c r="I4" s="23"/>
     </row>
     <row r="5" spans="1:10" customHeight="1" ht="30">
       <c r="A5" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="73"/>
       <c r="C5" s="74"/>
       <c r="D5" s="74"/>
       <c r="E5" s="74"/>
       <c r="F5" s="75"/>
       <c r="G5" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="H5" s="73"/>
+      <c r="H5" s="73" t="s">
+        <v>7</v>
+      </c>
       <c r="I5" s="76"/>
     </row>
     <row r="6" spans="1:10" customHeight="1" ht="11.45">
       <c r="A6" s="24"/>
       <c r="B6" s="25"/>
       <c r="C6" s="25"/>
       <c r="D6" s="25"/>
       <c r="E6" s="25"/>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="25"/>
       <c r="I6" s="26"/>
     </row>
     <row r="7" spans="1:10" s="11" customFormat="1">
       <c r="A7" s="77" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B7" s="78"/>
       <c r="C7" s="53" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D7" s="53"/>
       <c r="E7" s="53"/>
       <c r="F7" s="18" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G7" s="19"/>
       <c r="H7" s="19"/>
       <c r="I7" s="20"/>
     </row>
     <row r="8" spans="1:10" customHeight="1" ht="27.75" s="11" customFormat="1">
       <c r="A8" s="42" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B8" s="43"/>
       <c r="C8" s="44" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D8" s="45"/>
       <c r="E8" s="46"/>
       <c r="F8" s="44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" s="45"/>
       <c r="H8" s="45"/>
       <c r="I8" s="47"/>
     </row>
     <row r="9" spans="1:10" customHeight="1" ht="18.75">
       <c r="A9" s="48" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B9" s="49"/>
       <c r="C9" s="34" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D9" s="35"/>
       <c r="E9" s="35"/>
       <c r="F9" s="34" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G9" s="35"/>
       <c r="H9" s="35"/>
       <c r="I9" s="36"/>
     </row>
     <row r="10" spans="1:10" customHeight="1" ht="15">
       <c r="A10" s="37"/>
       <c r="B10" s="38"/>
       <c r="C10" s="39"/>
       <c r="D10" s="40"/>
       <c r="E10" s="38"/>
       <c r="F10" s="39"/>
       <c r="G10" s="40"/>
       <c r="H10" s="40"/>
       <c r="I10" s="41"/>
     </row>
     <row r="11" spans="1:10" customHeight="1" ht="15.75">
       <c r="A11" s="66" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B11" s="28"/>
       <c r="C11" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F11" s="28" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G11" s="28"/>
       <c r="H11" s="54" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I11" s="65"/>
     </row>
     <row r="12" spans="1:10" customHeight="1" ht="13.15">
       <c r="A12" s="55"/>
       <c r="B12" s="27"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="54"/>
       <c r="I12" s="65"/>
     </row>
     <row r="13" spans="1:10" customHeight="1" ht="13.15">
       <c r="A13" s="55"/>
       <c r="B13" s="27"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="54"/>
       <c r="I13" s="65"/>
     </row>
@@ -1510,66 +1515,66 @@
     </row>
     <row r="16" spans="1:10" customHeight="1" ht="13.15">
       <c r="A16" s="64"/>
       <c r="B16" s="54"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="4"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="54"/>
       <c r="I16" s="65"/>
     </row>
     <row r="17" spans="1:10" customHeight="1" ht="15">
       <c r="A17" s="67"/>
       <c r="B17" s="68"/>
       <c r="C17" s="68"/>
       <c r="D17" s="68"/>
       <c r="E17" s="68"/>
       <c r="F17" s="68"/>
       <c r="G17" s="68"/>
       <c r="H17" s="68"/>
       <c r="I17" s="69"/>
     </row>
     <row r="18" spans="1:10" customHeight="1" ht="14.25">
       <c r="A18" s="64" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B18" s="54"/>
       <c r="C18" s="54" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D18" s="54" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E18" s="54"/>
       <c r="F18" s="54" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G18" s="54"/>
       <c r="H18" s="54" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I18" s="65"/>
     </row>
     <row r="19" spans="1:10" customHeight="1" ht="12">
       <c r="A19" s="64"/>
       <c r="B19" s="54"/>
       <c r="C19" s="54"/>
       <c r="D19" s="54"/>
       <c r="E19" s="54"/>
       <c r="F19" s="54"/>
       <c r="G19" s="54"/>
       <c r="H19" s="54"/>
       <c r="I19" s="65"/>
     </row>
     <row r="20" spans="1:10" customHeight="1" ht="14.45">
       <c r="A20" s="64"/>
       <c r="B20" s="54"/>
       <c r="C20" s="54"/>
       <c r="D20" s="54"/>
       <c r="E20" s="54"/>
       <c r="F20" s="54"/>
       <c r="G20" s="54"/>
       <c r="H20" s="54"/>
       <c r="I20" s="65"/>
     </row>
@@ -1588,88 +1593,88 @@
       <c r="A22" s="64"/>
       <c r="B22" s="54"/>
       <c r="C22" s="3"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="29"/>
     </row>
     <row r="23" spans="1:10" customHeight="1" ht="13.15">
       <c r="A23" s="64"/>
       <c r="B23" s="54"/>
       <c r="C23" s="4"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="29"/>
     </row>
     <row r="24" spans="1:10" customHeight="1" ht="15.75">
       <c r="A24" s="64"/>
       <c r="B24" s="54"/>
       <c r="C24" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D24" s="27"/>
       <c r="E24" s="27"/>
       <c r="F24" s="28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G24" s="28"/>
       <c r="H24" s="27"/>
       <c r="I24" s="29"/>
     </row>
     <row r="25" spans="1:10" customHeight="1" ht="15" s="10" customFormat="1">
       <c r="A25" s="67"/>
       <c r="B25" s="68"/>
       <c r="C25" s="68"/>
       <c r="D25" s="68"/>
       <c r="E25" s="68"/>
       <c r="F25" s="68"/>
       <c r="G25" s="68"/>
       <c r="H25" s="68"/>
       <c r="I25" s="69"/>
     </row>
     <row r="26" spans="1:10" customHeight="1" ht="14.25">
       <c r="A26" s="64" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B26" s="54"/>
       <c r="C26" s="1" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F26" s="54" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G26" s="54"/>
       <c r="H26" s="54"/>
       <c r="I26" s="65"/>
     </row>
     <row r="27" spans="1:10" customHeight="1" ht="13.9">
       <c r="A27" s="64"/>
       <c r="B27" s="54"/>
       <c r="C27" s="54"/>
       <c r="D27" s="5"/>
       <c r="E27" s="4"/>
       <c r="F27" s="70"/>
       <c r="G27" s="70"/>
       <c r="H27" s="54"/>
       <c r="I27" s="65"/>
     </row>
     <row r="28" spans="1:10" customHeight="1" ht="12.75">
       <c r="A28" s="64"/>
       <c r="B28" s="54"/>
       <c r="C28" s="54"/>
       <c r="D28" s="5"/>
       <c r="E28" s="4"/>
       <c r="F28" s="56"/>
       <c r="G28" s="56"/>
       <c r="H28" s="54"/>
@@ -1677,61 +1682,61 @@
     </row>
     <row r="29" spans="1:10" customHeight="1" ht="12.6">
       <c r="A29" s="64"/>
       <c r="B29" s="54"/>
       <c r="C29" s="54"/>
       <c r="D29" s="6"/>
       <c r="E29" s="4"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="54"/>
       <c r="I29" s="65"/>
     </row>
     <row r="30" spans="1:10" customHeight="1" ht="15">
       <c r="A30" s="67"/>
       <c r="B30" s="68"/>
       <c r="C30" s="68"/>
       <c r="D30" s="68"/>
       <c r="E30" s="68"/>
       <c r="F30" s="68"/>
       <c r="G30" s="68"/>
       <c r="H30" s="68"/>
       <c r="I30" s="69"/>
     </row>
     <row r="31" spans="1:10" customHeight="1" ht="15">
       <c r="A31" s="64" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B31" s="54"/>
       <c r="C31" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F31" s="54"/>
       <c r="G31" s="54"/>
       <c r="H31" s="54"/>
       <c r="I31" s="65"/>
     </row>
     <row r="32" spans="1:10" customHeight="1" ht="15">
       <c r="A32" s="64"/>
       <c r="B32" s="54"/>
       <c r="C32" s="4"/>
       <c r="D32" s="5"/>
       <c r="E32" s="5"/>
       <c r="F32" s="54"/>
       <c r="G32" s="54"/>
       <c r="H32" s="54"/>
       <c r="I32" s="65"/>
     </row>
     <row r="33" spans="1:10" customHeight="1" ht="16.9">
       <c r="A33" s="64"/>
       <c r="B33" s="54"/>
       <c r="C33" s="4"/>
       <c r="D33" s="5"/>
       <c r="E33" s="5"/>
       <c r="F33" s="54"/>
       <c r="G33" s="54"/>
@@ -1740,61 +1745,61 @@
     </row>
     <row r="34" spans="1:10" customHeight="1" ht="12.6">
       <c r="A34" s="64"/>
       <c r="B34" s="54"/>
       <c r="C34" s="7"/>
       <c r="D34" s="5"/>
       <c r="E34" s="5"/>
       <c r="F34" s="54"/>
       <c r="G34" s="54"/>
       <c r="H34" s="54"/>
       <c r="I34" s="65"/>
     </row>
     <row r="35" spans="1:10" customHeight="1" ht="15">
       <c r="A35" s="67"/>
       <c r="B35" s="68"/>
       <c r="C35" s="68"/>
       <c r="D35" s="68"/>
       <c r="E35" s="68"/>
       <c r="F35" s="68"/>
       <c r="G35" s="68"/>
       <c r="H35" s="68"/>
       <c r="I35" s="69"/>
     </row>
     <row r="36" spans="1:10">
       <c r="A36" s="64" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B36" s="54"/>
       <c r="C36" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F36" s="54"/>
       <c r="G36" s="54"/>
       <c r="H36" s="54"/>
       <c r="I36" s="65"/>
     </row>
     <row r="37" spans="1:10">
       <c r="A37" s="64"/>
       <c r="B37" s="54"/>
       <c r="C37" s="4"/>
       <c r="D37" s="5"/>
       <c r="E37" s="5"/>
       <c r="F37" s="54"/>
       <c r="G37" s="54"/>
       <c r="H37" s="54"/>
       <c r="I37" s="65"/>
     </row>
     <row r="38" spans="1:10">
       <c r="A38" s="64"/>
       <c r="B38" s="54"/>
       <c r="C38" s="4"/>
       <c r="D38" s="5"/>
       <c r="E38" s="5"/>
       <c r="F38" s="54"/>
       <c r="G38" s="54"/>
@@ -1803,131 +1808,131 @@
     </row>
     <row r="39" spans="1:10">
       <c r="A39" s="64"/>
       <c r="B39" s="54"/>
       <c r="C39" s="7"/>
       <c r="D39" s="5"/>
       <c r="E39" s="5"/>
       <c r="F39" s="54"/>
       <c r="G39" s="54"/>
       <c r="H39" s="54"/>
       <c r="I39" s="65"/>
     </row>
     <row r="40" spans="1:10">
       <c r="A40" s="64"/>
       <c r="B40" s="54"/>
       <c r="C40" s="1"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="54"/>
       <c r="G40" s="54"/>
       <c r="H40" s="54"/>
       <c r="I40" s="65"/>
     </row>
     <row r="41" spans="1:10">
       <c r="A41" s="66" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B41" s="28"/>
       <c r="C41" s="3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F41" s="56"/>
       <c r="G41" s="56"/>
       <c r="H41" s="56"/>
       <c r="I41" s="57"/>
     </row>
     <row r="42" spans="1:10">
       <c r="A42" s="55"/>
       <c r="B42" s="27"/>
       <c r="C42" s="4"/>
       <c r="D42" s="5"/>
       <c r="E42" s="5"/>
       <c r="F42" s="56"/>
       <c r="G42" s="56"/>
       <c r="H42" s="56"/>
       <c r="I42" s="57"/>
     </row>
     <row r="43" spans="1:10">
       <c r="A43" s="55"/>
       <c r="B43" s="27"/>
       <c r="C43" s="4"/>
       <c r="D43" s="5"/>
       <c r="E43" s="5"/>
       <c r="F43" s="56"/>
       <c r="G43" s="56"/>
       <c r="H43" s="56"/>
       <c r="I43" s="57"/>
     </row>
     <row r="44" spans="1:10" customHeight="1" ht="12">
       <c r="A44" s="58"/>
       <c r="B44" s="59"/>
       <c r="C44" s="59"/>
       <c r="D44" s="59"/>
       <c r="E44" s="59"/>
       <c r="F44" s="59"/>
       <c r="G44" s="59"/>
       <c r="H44" s="59"/>
       <c r="I44" s="60"/>
     </row>
     <row r="45" spans="1:10" customHeight="1" ht="28.15">
       <c r="A45" s="61" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B45" s="62"/>
       <c r="C45" s="62"/>
       <c r="D45" s="62"/>
       <c r="E45" s="62" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F45" s="62"/>
       <c r="G45" s="62"/>
       <c r="H45" s="62"/>
       <c r="I45" s="63"/>
     </row>
     <row r="47" spans="1:10">
       <c r="A47" s="79" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B47" s="79"/>
       <c r="C47" s="79"/>
       <c r="D47" s="79"/>
       <c r="E47" s="79"/>
       <c r="F47" s="79"/>
       <c r="G47" s="79"/>
       <c r="H47" s="79"/>
       <c r="I47" s="79"/>
     </row>
     <row r="50" spans="1:10" customHeight="1" ht="15" s="17" customFormat="1">
       <c r="A50" s="30" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B50" s="30"/>
       <c r="C50" s="30"/>
       <c r="D50" s="30"/>
       <c r="E50" s="30"/>
       <c r="F50" s="30"/>
       <c r="G50" s="30"/>
       <c r="H50" s="30"/>
       <c r="I50" s="30"/>
     </row>
     <row r="51" spans="1:10" customHeight="1" ht="15" s="17" customFormat="1">
       <c r="A51" s="30"/>
       <c r="B51" s="30"/>
       <c r="C51" s="30"/>
       <c r="D51" s="30"/>
       <c r="E51" s="30"/>
       <c r="F51" s="30"/>
       <c r="G51" s="30"/>
       <c r="H51" s="30"/>
       <c r="I51" s="30"/>
     </row>
     <row r="52" spans="1:10" customHeight="1" ht="15" s="17" customFormat="1">
       <c r="A52" s="30"/>
       <c r="B52" s="30"/>
       <c r="C52" s="30"/>